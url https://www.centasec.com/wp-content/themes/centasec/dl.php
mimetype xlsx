--- v0 (2025-10-12)
+++ v1 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1670">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1699">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>Class A HKD (Accu)</t>
   </si>
   <si>
     <t>Class A HKD (Dist)</t>
   </si>
   <si>
     <t>Class A RMB (Accu)</t>
   </si>
   <si>
     <t>2019-01-02</t>
   </si>
   <si>
     <t>2019-01-03</t>
   </si>
   <si>
     <t>2019-01-04</t>
   </si>
   <si>
     <t>2019-01-07</t>
   </si>
   <si>
@@ -5022,50 +5022,137 @@
     <t>2025-09-25</t>
   </si>
   <si>
     <t>2025-09-26</t>
   </si>
   <si>
     <t>2025-09-29</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-02</t>
   </si>
   <si>
     <t>2025-10-03</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>2025-10-08</t>
   </si>
   <si>
     <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5368,51 +5455,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1667"/>
+  <dimension ref="A1:D1696"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -27132,50 +27219,456 @@
       <c r="A1666" t="s">
         <v>1668</v>
       </c>
       <c r="B1666">
         <v>112.4232</v>
       </c>
       <c r="C1666">
         <v>72.8675</v>
       </c>
       <c r="D1666">
         <v>84.0393</v>
       </c>
     </row>
     <row r="1667" spans="1:4">
       <c r="A1667" t="s">
         <v>1669</v>
       </c>
       <c r="B1667">
         <v>112.3914</v>
       </c>
       <c r="C1667">
         <v>72.8468</v>
       </c>
       <c r="D1667">
         <v>83.8768</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:4">
+      <c r="A1668" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B1668">
+        <v>108.4943</v>
+      </c>
+      <c r="C1668">
+        <v>70.3209</v>
+      </c>
+      <c r="D1668">
+        <v>81.0726</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:4">
+      <c r="A1669" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B1669">
+        <v>107.0501</v>
+      </c>
+      <c r="C1669">
+        <v>69.3848</v>
+      </c>
+      <c r="D1669">
+        <v>79.9052</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:4">
+      <c r="A1670" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B1670">
+        <v>103.2564</v>
+      </c>
+      <c r="C1670">
+        <v>66.9259</v>
+      </c>
+      <c r="D1670">
+        <v>77.1514</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:4">
+      <c r="A1671" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B1671">
+        <v>105.4052</v>
+      </c>
+      <c r="C1671">
+        <v>68.3187</v>
+      </c>
+      <c r="D1671">
+        <v>78.6414</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:4">
+      <c r="A1672" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1672">
+        <v>105.6138</v>
+      </c>
+      <c r="C1672">
+        <v>68.4539</v>
+      </c>
+      <c r="D1672">
+        <v>78.7826</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:4">
+      <c r="A1673" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B1673">
+        <v>102.4439</v>
+      </c>
+      <c r="C1673">
+        <v>66.3993</v>
+      </c>
+      <c r="D1673">
+        <v>76.4671</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:4">
+      <c r="A1674" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B1674">
+        <v>104.5968</v>
+      </c>
+      <c r="C1674">
+        <v>67.7947</v>
+      </c>
+      <c r="D1674">
+        <v>78.0383</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:4">
+      <c r="A1675" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B1675">
+        <v>104.9504</v>
+      </c>
+      <c r="C1675">
+        <v>68.0239</v>
+      </c>
+      <c r="D1675">
+        <v>78.2949</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:4">
+      <c r="A1676" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B1676">
+        <v>104.1561</v>
+      </c>
+      <c r="C1676">
+        <v>67.5091</v>
+      </c>
+      <c r="D1676">
+        <v>77.6881</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:4">
+      <c r="A1677" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B1677">
+        <v>104.2218</v>
+      </c>
+      <c r="C1677">
+        <v>67.5517</v>
+      </c>
+      <c r="D1677">
+        <v>77.7513</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:4">
+      <c r="A1678" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1678">
+        <v>106.0868</v>
+      </c>
+      <c r="C1678">
+        <v>68.7605</v>
+      </c>
+      <c r="D1678">
+        <v>79.1717</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:4">
+      <c r="A1679" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B1679">
+        <v>108.4183</v>
+      </c>
+      <c r="C1679">
+        <v>70.2716</v>
+      </c>
+      <c r="D1679">
+        <v>80.7265</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:4">
+      <c r="A1680" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B1680">
+        <v>107.6778</v>
+      </c>
+      <c r="C1680">
+        <v>69.7917</v>
+      </c>
+      <c r="D1680">
+        <v>80.0141</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:4">
+      <c r="A1681" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B1681">
+        <v>108.3937</v>
+      </c>
+      <c r="C1681">
+        <v>70.2557</v>
+      </c>
+      <c r="D1681">
+        <v>80.7008</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:4">
+      <c r="A1682" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B1682">
+        <v>106.3262</v>
+      </c>
+      <c r="C1682">
+        <v>68.9156</v>
+      </c>
+      <c r="D1682">
+        <v>79.2994</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:4">
+      <c r="A1683" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B1683">
+        <v>106.8671</v>
+      </c>
+      <c r="C1683">
+        <v>69.2662</v>
+      </c>
+      <c r="D1683">
+        <v>79.7175</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:4">
+      <c r="A1684" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B1684">
+        <v>105.3473</v>
+      </c>
+      <c r="C1684">
+        <v>68.2811</v>
+      </c>
+      <c r="D1684">
+        <v>78.6631</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:4">
+      <c r="A1685" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B1685">
+        <v>105.3869</v>
+      </c>
+      <c r="C1685">
+        <v>68.3069</v>
+      </c>
+      <c r="D1685">
+        <v>78.6494</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:4">
+      <c r="A1686" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B1686">
+        <v>107.7459</v>
+      </c>
+      <c r="C1686">
+        <v>69.8358</v>
+      </c>
+      <c r="D1686">
+        <v>80.2847</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:4">
+      <c r="A1687" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1687">
+        <v>106.7867</v>
+      </c>
+      <c r="C1687">
+        <v>69.2141</v>
+      </c>
+      <c r="D1687">
+        <v>79.5991</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:4">
+      <c r="A1688" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B1688">
+        <v>107.9671</v>
+      </c>
+      <c r="C1688">
+        <v>69.9792</v>
+      </c>
+      <c r="D1688">
+        <v>80.479</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:4">
+      <c r="A1689" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B1689">
+        <v>108.0182</v>
+      </c>
+      <c r="C1689">
+        <v>70.0123</v>
+      </c>
+      <c r="D1689">
+        <v>80.5244</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:4">
+      <c r="A1690" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B1690">
+        <v>108.5639</v>
+      </c>
+      <c r="C1690">
+        <v>70.366</v>
+      </c>
+      <c r="D1690">
+        <v>80.835</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:4">
+      <c r="A1691" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B1691">
+        <v>110.2061</v>
+      </c>
+      <c r="C1691">
+        <v>71.4304</v>
+      </c>
+      <c r="D1691">
+        <v>81.8778</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:4">
+      <c r="A1692" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B1692">
+        <v>107.2793</v>
+      </c>
+      <c r="C1692">
+        <v>69.5334</v>
+      </c>
+      <c r="D1692">
+        <v>79.7326</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:4">
+      <c r="A1693" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1693">
+        <v>106.4461</v>
+      </c>
+      <c r="C1693">
+        <v>68.9934</v>
+      </c>
+      <c r="D1693">
+        <v>79.1784</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:4">
+      <c r="A1694" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B1694">
+        <v>104.6376</v>
+      </c>
+      <c r="C1694">
+        <v>67.8211</v>
+      </c>
+      <c r="D1694">
+        <v>77.762</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:4">
+      <c r="A1695" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B1695">
+        <v>104.6059</v>
+      </c>
+      <c r="C1695">
+        <v>67.8007</v>
+      </c>
+      <c r="D1695">
+        <v>77.7598</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:4">
+      <c r="A1696" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B1696">
+        <v>104.0721</v>
+      </c>
+      <c r="C1696">
+        <v>67.4546</v>
+      </c>
+      <c r="D1696">
+        <v>77.4196</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">