--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1730">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>Class A HKD (Accu)</t>
   </si>
   <si>
     <t>Class A HKD (Dist)</t>
   </si>
   <si>
     <t>Class A RMB (Accu)</t>
   </si>
   <si>
     <t>2019-01-02</t>
   </si>
   <si>
     <t>2019-01-03</t>
   </si>
   <si>
     <t>2019-01-04</t>
   </si>
   <si>
     <t>2019-01-07</t>
   </si>
   <si>
@@ -5109,50 +5109,143 @@
     <t>2025-11-10</t>
   </si>
   <si>
     <t>2025-11-11</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>2025-11-14</t>
   </si>
   <si>
     <t>2025-11-17</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>2025-11-19</t>
   </si>
   <si>
     <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5455,51 +5548,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1696"/>
+  <dimension ref="A1:D1727"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -27625,50 +27718,484 @@
       <c r="A1695" t="s">
         <v>1697</v>
       </c>
       <c r="B1695">
         <v>104.6059</v>
       </c>
       <c r="C1695">
         <v>67.8007</v>
       </c>
       <c r="D1695">
         <v>77.7598</v>
       </c>
     </row>
     <row r="1696" spans="1:4">
       <c r="A1696" t="s">
         <v>1698</v>
       </c>
       <c r="B1696">
         <v>104.0721</v>
       </c>
       <c r="C1696">
         <v>67.4546</v>
       </c>
       <c r="D1696">
         <v>77.4196</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:4">
+      <c r="A1697" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B1697">
+        <v>101.2945</v>
+      </c>
+      <c r="C1697">
+        <v>65.6543</v>
+      </c>
+      <c r="D1697">
+        <v>75.2432</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:4">
+      <c r="A1698" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B1698">
+        <v>103.1186</v>
+      </c>
+      <c r="C1698">
+        <v>66.8366</v>
+      </c>
+      <c r="D1698">
+        <v>76.6262</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:4">
+      <c r="A1699" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B1699">
+        <v>104.2742</v>
+      </c>
+      <c r="C1699">
+        <v>67.5857</v>
+      </c>
+      <c r="D1699">
+        <v>77.2802</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:4">
+      <c r="A1700" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B1700">
+        <v>104.1357</v>
+      </c>
+      <c r="C1700">
+        <v>67.4959</v>
+      </c>
+      <c r="D1700">
+        <v>76.9952</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:4">
+      <c r="A1701" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B1701">
+        <v>103.9313</v>
+      </c>
+      <c r="C1701">
+        <v>67.3634</v>
+      </c>
+      <c r="D1701">
+        <v>76.9069</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:4">
+      <c r="A1702" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B1702">
+        <v>104.0018</v>
+      </c>
+      <c r="C1702">
+        <v>67.4091</v>
+      </c>
+      <c r="D1702">
+        <v>76.8752</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:4">
+      <c r="A1703" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B1703">
+        <v>105.1817</v>
+      </c>
+      <c r="C1703">
+        <v>68.1739</v>
+      </c>
+      <c r="D1703">
+        <v>77.705</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:4">
+      <c r="A1704" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B1704">
+        <v>105.2644</v>
+      </c>
+      <c r="C1704">
+        <v>68.2274</v>
+      </c>
+      <c r="D1704">
+        <v>77.7378</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:4">
+      <c r="A1705" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B1705">
+        <v>104.0773</v>
+      </c>
+      <c r="C1705">
+        <v>67.458</v>
+      </c>
+      <c r="D1705">
+        <v>76.7845</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:4">
+      <c r="A1706" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B1706">
+        <v>104.9538</v>
+      </c>
+      <c r="C1706">
+        <v>68.0262</v>
+      </c>
+      <c r="D1706">
+        <v>77.586</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:4">
+      <c r="A1707" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B1707">
+        <v>105.8401</v>
+      </c>
+      <c r="C1707">
+        <v>68.6006</v>
+      </c>
+      <c r="D1707">
+        <v>78.1985</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:4">
+      <c r="A1708" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B1708">
+        <v>105.5167</v>
+      </c>
+      <c r="C1708">
+        <v>68.3909</v>
+      </c>
+      <c r="D1708">
+        <v>78.0233</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:4">
+      <c r="A1709" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B1709">
+        <v>104.3462</v>
+      </c>
+      <c r="C1709">
+        <v>67.6323</v>
+      </c>
+      <c r="D1709">
+        <v>77.0318</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:4">
+      <c r="A1710" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B1710">
+        <v>104.6792</v>
+      </c>
+      <c r="C1710">
+        <v>67.8481</v>
+      </c>
+      <c r="D1710">
+        <v>77.2917</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:4">
+      <c r="A1711" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B1711">
+        <v>104.2052</v>
+      </c>
+      <c r="C1711">
+        <v>67.5409</v>
+      </c>
+      <c r="D1711">
+        <v>76.8371</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:4">
+      <c r="A1712" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B1712">
+        <v>105.8233</v>
+      </c>
+      <c r="C1712">
+        <v>68.5897</v>
+      </c>
+      <c r="D1712">
+        <v>78.0231</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:4">
+      <c r="A1713" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B1713">
+        <v>104.4276</v>
+      </c>
+      <c r="C1713">
+        <v>67.6851</v>
+      </c>
+      <c r="D1713">
+        <v>76.8965</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:4">
+      <c r="A1714" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B1714">
+        <v>102.6028</v>
+      </c>
+      <c r="C1714">
+        <v>66.5023</v>
+      </c>
+      <c r="D1714">
+        <v>75.4913</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:4">
+      <c r="A1715" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B1715">
+        <v>103.8558</v>
+      </c>
+      <c r="C1715">
+        <v>67.3144</v>
+      </c>
+      <c r="D1715">
+        <v>76.4478</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:4">
+      <c r="A1716" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B1716">
+        <v>103.734</v>
+      </c>
+      <c r="C1716">
+        <v>67.2355</v>
+      </c>
+      <c r="D1716">
+        <v>76.2822</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:4">
+      <c r="A1717" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1717">
+        <v>104.4473</v>
+      </c>
+      <c r="C1717">
+        <v>67.6978</v>
+      </c>
+      <c r="D1717">
+        <v>76.8137</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:4">
+      <c r="A1718" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B1718">
+        <v>105.3443</v>
+      </c>
+      <c r="C1718">
+        <v>68.2792</v>
+      </c>
+      <c r="D1718">
+        <v>77.4454</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:4">
+      <c r="A1719" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B1719">
+        <v>105.4561</v>
+      </c>
+      <c r="C1719">
+        <v>68.3517</v>
+      </c>
+      <c r="D1719">
+        <v>77.4296</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:4">
+      <c r="A1720" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B1720">
+        <v>105.7502</v>
+      </c>
+      <c r="C1720">
+        <v>68.5423</v>
+      </c>
+      <c r="D1720">
+        <v>77.5405</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:4">
+      <c r="A1721" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B1721">
+        <v>104.5881</v>
+      </c>
+      <c r="C1721">
+        <v>67.7891</v>
+      </c>
+      <c r="D1721">
+        <v>76.5918</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:4">
+      <c r="A1722" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B1722">
+        <v>105.4797</v>
+      </c>
+      <c r="C1722">
+        <v>68.367</v>
+      </c>
+      <c r="D1722">
+        <v>77.1267</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:4">
+      <c r="A1723" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B1723">
+        <v>104.6538</v>
+      </c>
+      <c r="C1723">
+        <v>67.8317</v>
+      </c>
+      <c r="D1723">
+        <v>76.3239</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:4">
+      <c r="A1724" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B1724">
+        <v>107.412</v>
+      </c>
+      <c r="C1724">
+        <v>68.9412</v>
+      </c>
+      <c r="D1724">
+        <v>78.1883</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:4">
+      <c r="A1725" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B1725">
+        <v>108.1698</v>
+      </c>
+      <c r="C1725">
+        <v>69.4276</v>
+      </c>
+      <c r="D1725">
+        <v>78.9377</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:4">
+      <c r="A1726" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B1726">
+        <v>109.4364</v>
+      </c>
+      <c r="C1726">
+        <v>70.2405</v>
+      </c>
+      <c r="D1726">
+        <v>79.8046</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:4">
+      <c r="A1727" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B1727">
+        <v>109.0061</v>
+      </c>
+      <c r="C1727">
+        <v>69.9644</v>
+      </c>
+      <c r="D1727">
+        <v>79.648</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">